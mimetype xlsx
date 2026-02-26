--- v0 (2025-12-29)
+++ v1 (2026-02-26)
@@ -170,51 +170,51 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63ca5843a17f1880ecf5e2fd6ad232fe.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b75a37787a43cec1378df52a0815ecb6.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46157f5622811e4686c93cbd7fdb2752.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e03f04162215029d152aba95742297ba.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf249a3c38c6748081ad9b0425503171.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a00d47f9f3979c3c14fc8a73eee59aa5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11ab1adf3767b18f59e2baa6f5269480.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13267b0973316d58a72eed5226f7ed8c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc3422b8888ee10c4de0aa7c80439095.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef8d6d4f47b1084ef0a5a7fddc12f247.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53dc265dfb75b33228f70adfd1ad6624.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9626798a32b9127a873d2f8c5e087a55.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78363be3aec4dfac27012f5465398c18.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0755ff6b4889ae98829ab550c7ce93e1.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80decbd3369c8f0f659735735b880224.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ca5cae519489ad68c6f94e749ad8e30.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93b072b6222b8b9e1a20883120162438.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a2431d5db62ba4d99576eb2cb1faacb.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72e4b5ae12ef2342a205698021a9037e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c6856695fcdbe00ff9cee5b19c300f2.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Imagen" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>